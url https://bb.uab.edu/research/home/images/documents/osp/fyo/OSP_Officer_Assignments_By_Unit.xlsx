--- v0 (2026-01-25)
+++ v1 (2026-03-04)
@@ -1,142 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="224" documentId="8_{66DC0981-38FE-B341-B401-D1117652F8B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E6C0A686-DD76-4E74-AFF1-EC31B45256C7}"/>
+  <xr:revisionPtr revIDLastSave="353" documentId="8_{66DC0981-38FE-B341-B401-D1117652F8B9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{0959EBD1-544B-4488-BFE5-3DF97CEF6C1C}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" tabRatio="825" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Assignments" sheetId="1" r:id="rId1"/>
-    <sheet name="Cancer Center Assignments" sheetId="3" r:id="rId2"/>
-    <sheet name="Contact Information" sheetId="4" r:id="rId3"/>
+    <sheet name="Contact Information" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Assignments!$A$3:$J$184</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Contact Information'!$A$1:$C$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Assignments!$A$3:$K$184</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Contact Information'!$A$2:$C$21</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Contact Information'!$A$1:$C$27</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Assignments!$1:$3</definedName>
-    <definedName name="_xlnm.Print_Titles" localSheetId="1">'Cancer Center Assignments'!$1:$4</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1960" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2079" uniqueCount="273">
   <si>
     <t>UAB OSP Officer/Specialist Assignments by Unit</t>
   </si>
   <si>
     <t>Unit / Org</t>
   </si>
   <si>
-    <t>Not-for-Profit / Foundation Officer</t>
-[...1 lines deleted...]
-  <si>
     <t>Industry Officer</t>
   </si>
   <si>
     <t>Federal Grant Specialist</t>
   </si>
   <si>
     <t>Not-for-Profit / Foundation Specialist</t>
   </si>
   <si>
     <t>Industry Specialist</t>
   </si>
   <si>
     <t>Admin - Health Services Program</t>
   </si>
   <si>
     <t>Patrick Monroe</t>
   </si>
   <si>
     <t>Katie Smith</t>
   </si>
   <si>
     <t>Anatomic Pathology</t>
   </si>
   <si>
     <t>Bonita Stokes</t>
   </si>
   <si>
     <t>Anesthesiology Chair Office</t>
   </si>
   <si>
     <t>Animal Resources Program</t>
   </si>
   <si>
     <t>Clay Doten</t>
   </si>
   <si>
     <t>Anthropology</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nicole Watson</t>
   </si>
   <si>
     <t>Behavioral &amp; Population Sciences</t>
   </si>
   <si>
     <t>McKay Cleveland</t>
   </si>
   <si>
     <t>Biochemistry &amp; Molecular Genetics</t>
   </si>
   <si>
     <t>Biology</t>
   </si>
   <si>
     <t>Biomaterials</t>
   </si>
   <si>
     <t>Biomedical Engineering</t>
   </si>
   <si>
     <t>Biostatistics</t>
   </si>
   <si>
     <t>Cell, Developmntl, &amp; Integrative Biology</t>
   </si>
@@ -618,114 +601,66 @@
     <t>Urology Chair Office</t>
   </si>
   <si>
     <t>Vision Sciences</t>
   </si>
   <si>
     <t>Stephanie Knight</t>
   </si>
   <si>
     <t>Med - Preventive Medicine</t>
   </si>
   <si>
     <t>Ped - Rehabilitation Medicine</t>
   </si>
   <si>
     <t>Jasmine Clark</t>
   </si>
   <si>
     <t>Federal Grant
 Award Analyst</t>
   </si>
   <si>
     <t>Le Kira Wright</t>
   </si>
   <si>
-    <t>See Cancer Center</t>
-[...1 lines deleted...]
-  <si>
     <t>Neurology Chair Office (Oncology Faculty)</t>
   </si>
   <si>
-    <t>Original/New</t>
-[...37 lines deleted...]
-  <si>
     <t>Angela Henderson</t>
   </si>
   <si>
-    <t>Jenni Schmidt</t>
-[...1 lines deleted...]
-  <si>
     <t>WBHM Radio Station</t>
   </si>
   <si>
     <t>Jessica Jackson</t>
   </si>
   <si>
     <t>Office of VP for UAB Advancement</t>
   </si>
   <si>
     <t>AnnaCarrol Arnold</t>
-  </si>
-[...1 lines deleted...]
-    <t>Candace Crook</t>
   </si>
   <si>
     <t>Deborah Bacik</t>
   </si>
   <si>
     <t>Brad Steele</t>
   </si>
   <si>
     <t>Kalissa Thompson</t>
   </si>
   <si>
     <t>Darbey Benefield</t>
   </si>
   <si>
     <t>Ashlan Kelley</t>
   </si>
   <si>
     <t>Federal Grant Officer
 (RPPR Routing)</t>
   </si>
   <si>
     <t>Counseling Services</t>
   </si>
   <si>
     <t>Dept of Biomedical Informatics and Data Science</t>
@@ -763,633 +698,518 @@
   <si>
     <t>State &amp; Local Contract Officer</t>
   </si>
   <si>
     <t>Federal Contract Officer</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>alhender@uab.edu</t>
   </si>
   <si>
     <t>amarnol2@uab.edu</t>
   </si>
   <si>
     <t>(205)934-7388</t>
   </si>
   <si>
-    <t>(205)259-8466</t>
-[...1 lines deleted...]
-  <si>
     <t>wbsteele@uab.edu</t>
   </si>
   <si>
     <t>(205)934-6917</t>
   </si>
   <si>
     <t>cdoten@uab.edu</t>
   </si>
   <si>
     <t>(205)934-6956</t>
   </si>
   <si>
     <t>darbey94@uab.edu</t>
   </si>
   <si>
-    <t>(205)975-5507</t>
-[...1 lines deleted...]
-  <si>
     <t>dbacik@uab.edu</t>
   </si>
   <si>
     <t>(205)934-6915</t>
   </si>
   <si>
     <t>dmayweat@uab.edu</t>
   </si>
   <si>
     <t>(205)934-5266</t>
   </si>
   <si>
     <t>eljeans@uab.edu</t>
   </si>
   <si>
     <t>jc041712@uab.edu</t>
   </si>
   <si>
     <t>(205)934-6789</t>
   </si>
   <si>
-    <t>jennischmidt@uab.edu</t>
-[...1 lines deleted...]
-  <si>
     <t>(205)490-8199</t>
   </si>
   <si>
     <t>jaj2008@uab.edu</t>
   </si>
   <si>
     <t>(205)996-2395</t>
   </si>
   <si>
     <t>kthomps7@uab.edu</t>
   </si>
   <si>
-    <t>(205)996-7054</t>
-[...1 lines deleted...]
-  <si>
     <t>klhorn@uab.edu</t>
   </si>
   <si>
     <t>(205)996-6702</t>
   </si>
   <si>
     <t>kbaker3@uab.edu</t>
   </si>
   <si>
     <t>lqwright@uab.edu</t>
   </si>
   <si>
     <t>(205)440-3362</t>
   </si>
   <si>
     <t>mckaycleveland@uab.edu</t>
   </si>
   <si>
     <t>(205)975-0345</t>
   </si>
   <si>
     <t>ncarr@uab.edu</t>
   </si>
   <si>
     <t>(205)558-9067</t>
   </si>
   <si>
     <t>ptmonroe@uab.edu</t>
   </si>
   <si>
     <t>(205)934-2146</t>
   </si>
   <si>
     <t>refields@uab.edu</t>
   </si>
   <si>
     <t>(205)996-5660</t>
   </si>
   <si>
     <t>smknight@uab.edu</t>
   </si>
   <si>
-    <t>(205)996-2471</t>
-[...1 lines deleted...]
-  <si>
     <t>thsmith2@uab.edu</t>
   </si>
   <si>
     <t>(205)720-0317</t>
   </si>
   <si>
     <t>tmconger@uab.edu</t>
   </si>
   <si>
     <t>(205)996-2699</t>
   </si>
   <si>
-    <t>ramcguir@uab.edu</t>
-[...10 lines deleted...]
-  <si>
     <t>(205)996-6016</t>
   </si>
   <si>
     <t>bonitastokes@uab.edu</t>
   </si>
   <si>
-    <t>cmcrook@uab.edu</t>
-[...10 lines deleted...]
-  <si>
     <t>amkelle2@uab.edu</t>
   </si>
   <si>
+    <t>Agreements Not-for-Profit / Foundation Officer</t>
+  </si>
+  <si>
+    <t>Grants Not-for-Profit / Foundation Officer</t>
+  </si>
+  <si>
+    <t>Faye Suggs</t>
+  </si>
+  <si>
+    <t>Jenni Weigand</t>
+  </si>
+  <si>
+    <t>(205)934-6798</t>
+  </si>
+  <si>
+    <t>fsuggs@uab.edu</t>
+  </si>
+  <si>
+    <t>(205) 834-4218</t>
+  </si>
+  <si>
+    <t>(205)614-3458</t>
+  </si>
+  <si>
+    <t>(205)578-2262</t>
+  </si>
+  <si>
+    <t>(205)810-2937</t>
+  </si>
+  <si>
+    <t>jenniweigand@uab.edu</t>
+  </si>
+  <si>
+    <t>(205)719-6704</t>
+  </si>
+  <si>
+    <t>(205)259-8620</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Modified: January 7, 2026   |   Effective: January 7, 2026 | </t>
+      <t xml:space="preserve">Modified: January 30, 2026   |   Effective: February 6, 2026 | </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>* Names with asterisks represent a temporary assignment.</t>
     </r>
   </si>
+  <si>
+    <t>OSP Contact Information</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...14 lines deleted...]
-    </font>
   </fonts>
-  <fills count="9">
+  <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF1E6B52"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF4C300"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA3D55D"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEFECE5"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFCFEAAC"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
-      </top>
-      <bottom style="thin">
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="thin">
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...2 lines deleted...]
-      <top style="thin">
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right/>
+      <top style="medium">
         <color indexed="64"/>
-      </left>
-      <right style="thin">
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="thin">
+      <top style="medium">
         <color indexed="64"/>
-      </bottom>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="0" xfId="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Good" xfId="2" builtinId="26"/>
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <colors>
     <mruColors>
       <color rgb="FF1E6B52"/>
       <color rgb="FFF4C300"/>
       <color rgb="FFA3D55D"/>
       <color rgb="FFCFEAAC"/>
       <color rgb="FFEFECE5"/>
       <color rgb="FFEAE6DE"/>
       <color rgb="FFD3CCBC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...92 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1634,6618 +1454,6873 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l2];/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l6];/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l1];/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l0];/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l5];/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l4];/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://[s0l3];/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darbey94@uab.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennischmidt@uab.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lqwright@uab.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thsmith2@uab.edu" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amkelle2@uab.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nmwatson@uab.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdoten@uab.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jc041712@uab.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbaker3@uab.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smknight@uab.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amarnol2@uab.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klhorn@uab.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncarr@uab.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alhender@uab.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmcrook@uab.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eljeans@uab.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ramcguir@uab.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wbsteele@uab.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kthomps7@uab.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refields@uab.edu" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmconger@uab.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmayweat@uab.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mckaycleveland@uab.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bonitastokes@uab.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dbacik@uab.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaj2008@uab.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ptmonroe@uab.edu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:twparris@uab.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dbacik@uab.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kthomps7@uab.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ncarr@uab.edu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amkelle2@uab.edu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:smknight@uab.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:darbey94@uab.edu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaj2008@uab.edu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mckaycleveland@uab.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenniweigand@uab.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amarnol2@uab.edu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lqwright@uab.edu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:refields@uab.edu" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alhender@uab.edu" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cdoten@uab.edu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jc041712@uab.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fsuggs@uab.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wbsteele@uab.edu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kbaker3@uab.edu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tmconger@uab.edu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eljeans@uab.edu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ptmonroe@uab.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bonitastokes@uab.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmayweat@uab.edu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klhorn@uab.edu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:thsmith2@uab.edu" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:J185"/>
+  <dimension ref="A1:K185"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" sqref="A1:J1"/>
+      <selection pane="bottomRight" sqref="A1:K1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45.7109375" customWidth="1"/>
-    <col min="2" max="10" width="17.7109375" customWidth="1"/>
+    <col min="2" max="11" width="17.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="21" x14ac:dyDescent="0.25">
-      <c r="A1" s="19" t="s">
+    <row r="1" spans="1:11" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="22" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="19"/>
-[...23 lines deleted...]
-    <row r="3" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="B1" s="22"/>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+      <c r="I1" s="22"/>
+      <c r="J1" s="22"/>
+      <c r="K1" s="22"/>
+    </row>
+    <row r="2" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="21" t="s">
+        <v>271</v>
+      </c>
+      <c r="B2" s="21"/>
+      <c r="C2" s="21"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
+      <c r="F2" s="21"/>
+      <c r="G2" s="21"/>
+      <c r="H2" s="21"/>
+      <c r="I2" s="21"/>
+      <c r="J2" s="21"/>
+      <c r="K2" s="21"/>
+    </row>
+    <row r="3" spans="1:11" ht="63" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
-        <v>218</v>
+        <v>200</v>
       </c>
       <c r="C3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="K3" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D3" s="3" t="s">
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E4" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I4" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K4" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K5" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C6" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E6" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K6" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J7" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K7" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J8" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K8" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J9" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J10" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K10" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J11" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K11" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J12" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K12" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J13" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K13" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K14" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K15" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J16" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K16" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K17" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K18" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K19" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G20" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K20" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E21" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J21" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K21" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J22" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K22" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K23" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J24" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K24" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I25" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J25" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K25" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G26" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K26" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K27" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K28" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G29" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K29" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J30" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K30" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G31" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K31" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J32" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K32" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A33" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J33" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K33" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G34" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J34" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K34" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G35" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J35" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K35" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J36" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K36" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G37" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K37" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G38" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J38" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K38" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A39" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G39" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J39" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K39" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A40" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J40" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K40" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E41" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G41" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J41" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K41" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A42" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E42" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K42" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E43" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J43" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K43" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A44" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G44" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J44" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K44" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K45" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J46" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K46" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A47" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E47" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K47" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A48" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G48" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K48" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="J49" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K49" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A50" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G50" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I50" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K50" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I51" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K51" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G52" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I52" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K52" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K53" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G54" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K54" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K55" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A56" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I56" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K56" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A57" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I57" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K57" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A58" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I58" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J58" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K58" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G59" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I59" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K59" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K60" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K61" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A62" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J62" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K62" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A63" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A64" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G64" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K64" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A65" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G65" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I65" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J65" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K65" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K66" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J67" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K67" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A68" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G68" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A69" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J69" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K69" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A70" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B70" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="J70" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K70" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A71" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E71" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F71" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G71" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H71" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I71" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J71" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K71" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A72" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H72" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I72" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K72" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A73" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E73" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I73" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J73" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K73" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A74" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E74" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F74" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="H74" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I74" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J74" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K74" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A75" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E75" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H75" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I75" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K75" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A76" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E76" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H76" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I76" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J76" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K76" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A77" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E77" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G77" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I77" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J77" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K77" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A78" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G78" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I78" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K78" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E79" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G79" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I79" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J79" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K79" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A80" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E80" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G80" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I80" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K80" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A81" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E81" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H81" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I81" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J81" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K81" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A82" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I82" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J82" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K82" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A83" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H83" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I83" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J83" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K83" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A84" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G84" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H84" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I84" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K84" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A85" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="E3" s="3" t="s">
-[...19 lines deleted...]
-      <c r="A4" s="4" t="s">
+      <c r="B85" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H85" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I85" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K85" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A86" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...11 lines deleted...]
-      <c r="F4" s="1" t="s">
+      <c r="C86" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E86" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G86" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H86" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I86" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K86" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A87" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G87" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H87" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I87" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K87" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A88" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E88" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G88" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H88" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I88" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J88" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K88" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A89" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E89" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G89" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H89" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I89" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K89" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A90" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E90" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G90" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H90" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I90" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K90" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A91" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E91" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G91" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H91" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K91" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A92" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G92" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H92" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K92" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A93" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G93" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H93" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J93" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K93" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A94" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G94" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H94" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I94" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J94" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K94" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A95" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G95" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H95" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I95" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K95" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A96" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G96" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H96" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I96" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K96" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A97" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G97" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H97" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I97" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J97" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K97" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A98" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G98" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H98" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I98" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J98" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K98" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A99" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G99" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H99" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I99" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J99" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K99" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A100" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G100" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H100" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I100" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J100" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K100" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A101" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E101" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G101" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H101" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I101" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J101" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K101" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A102" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E102" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G102" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H102" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I102" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J102" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K102" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A103" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F103" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G103" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H103" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I103" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J103" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K103" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A104" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F104" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G104" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H104" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I104" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J104" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K104" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A105" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G105" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H105" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I105" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J105" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K105" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A106" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E106" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G106" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H106" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I106" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J106" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K106" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A107" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E107" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G107" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H107" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I107" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J107" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K107" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A108" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E108" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G108" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H108" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I108" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J108" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K108" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A109" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E109" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G109" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="H109" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I109" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J109" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K109" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A110" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G110" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H110" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I110" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J110" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K110" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A111" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G111" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H111" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I111" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J111" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K111" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A112" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E112" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G112" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H112" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I112" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J112" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K112" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A113" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E113" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G113" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H113" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J113" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K113" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A114" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E114" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G114" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H114" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J114" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K114" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A115" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E115" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G115" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H115" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I115" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J115" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K115" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A116" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G116" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H116" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J116" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K116" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A117" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E117" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G117" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H117" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J117" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K117" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A118" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E118" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G118" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H118" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J118" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K118" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A119" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E119" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F119" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G119" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H119" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I119" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J119" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K119" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A120" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E120" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F120" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G120" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H120" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I120" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J120" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K120" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A121" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G121" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H121" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I121" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J121" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K121" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A122" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E122" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G122" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H122" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J122" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K122" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A123" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G123" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H123" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J123" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K123" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A124" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E124" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F124" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G124" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H124" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J124" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K124" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A125" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E125" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G125" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H125" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I125" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J125" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K125" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A126" s="4" t="s">
         <v>185</v>
       </c>
-      <c r="G4" s="14" t="s">
-[...5 lines deleted...]
-      <c r="I4" s="1" t="s">
+      <c r="B126" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G126" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H126" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J126" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K126" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A127" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E127" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G127" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H127" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J127" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K127" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A128" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G128" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H128" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J128" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K128" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A129" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G129" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H129" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K129" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A130" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G130" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H130" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I130" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K130" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A131" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G131" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="H131" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K131" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A132" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G132" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H132" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I132" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J132" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K132" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A133" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G133" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H133" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I133" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J133" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K133" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A134" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G134" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H134" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I134" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J134" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K134" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A135" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="B135" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="J4" s="1" t="s">
+      <c r="C135" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G135" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H135" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I135" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J135" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K135" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A136" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G136" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H136" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I136" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K136" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A137" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G137" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H137" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I137" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J137" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K137" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A138" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G138" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H138" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J138" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K138" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A139" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G139" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H139" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I139" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J139" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K139" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A140" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G140" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H140" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I140" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J140" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K140" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A141" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G141" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H141" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I141" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J141" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K141" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A142" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G142" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H142" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I142" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J142" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K142" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A143" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G143" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H143" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I143" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J143" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K143" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A144" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G144" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H144" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J144" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K144" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G145" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H145" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I145" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J145" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K145" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A146" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G146" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H146" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I146" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J146" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K146" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A147" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G147" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H147" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I147" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J147" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K147" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A148" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G148" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="H148" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I148" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J148" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K148" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A149" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G149" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H149" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I149" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J149" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K149" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A150" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G150" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H150" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I150" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J150" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K150" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A151" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G151" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H151" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I151" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="J151" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K151" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A152" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G152" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H152" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I152" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J152" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K152" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A153" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G153" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H153" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I153" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J153" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K153" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A154" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G154" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H154" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I154" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J154" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K154" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A155" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G155" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="H155" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I155" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J155" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A156" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G156" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H156" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I156" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J156" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K156" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A157" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G157" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H157" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I157" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J157" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K157" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A158" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F158" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G158" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H158" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I158" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J158" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K158" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A159" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F159" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G159" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H159" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I159" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J159" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K159" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A160" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F160" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G160" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H160" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I160" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J160" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K160" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A161" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F161" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G161" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H161" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I161" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J161" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K161" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A162" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F162" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G162" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H162" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I162" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J162" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K162" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A163" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F163" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G163" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H163" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I163" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J163" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K163" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A164" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F164" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G164" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H164" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I164" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J164" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K164" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A165" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E165" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F165" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G165" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H165" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I165" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J165" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K165" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A166" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="B166" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D166" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E166" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F166" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G166" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H166" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I166" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J166" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K166" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A167" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B167" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C167" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D167" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E167" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F167" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G167" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H167" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I167" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J167" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K167" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A168" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="B168" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C168" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D168" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E168" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F168" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G168" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H168" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I168" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J168" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K168" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A169" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C169" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E169" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F169" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G169" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H169" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I169" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J169" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K169" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A170" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C170" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E170" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F170" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G170" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H170" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I170" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J170" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K170" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A171" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C171" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E171" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F171" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G171" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H171" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I171" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J171" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K171" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A172" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C172" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E172" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F172" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G172" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H172" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I172" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J172" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K172" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A173" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C173" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E173" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F173" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G173" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H173" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I173" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J173" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K173" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A174" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C174" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E174" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F174" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G174" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H174" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I174" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J174" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K174" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A175" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C175" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E175" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F175" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G175" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H175" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I175" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J175" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K175" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A176" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C176" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E176" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G176" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H176" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I176" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J176" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K176" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A177" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="B177" s="1" t="s">
         <v>211</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J5" s="1" t="s">
+      <c r="C177" s="1" t="s">
         <v>211</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J6" s="1" t="s">
+      <c r="D177" s="1" t="s">
         <v>211</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="4" t="s">
+      <c r="E177" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="G177" s="7"/>
+      <c r="H177" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="I177" s="7"/>
+      <c r="J177" s="1"/>
+      <c r="K177" s="1"/>
+    </row>
+    <row r="178" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A178" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C178" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E178" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G178" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H178" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I178" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J178" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K178" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A179" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="C179" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E179" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G179" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H179" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I179" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J179" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="K179" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A180" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C180" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E180" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G180" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="H180" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I180" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J180" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K180" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A181" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C181" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E181" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G181" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="H181" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I181" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J181" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K181" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A182" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C182" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E182" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G182" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...66 lines deleted...]
-      <c r="C9" s="1" t="s">
+      <c r="H182" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I182" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J182" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K182" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A183" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C183" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...153 lines deleted...]
-      <c r="B14" s="1" t="s">
+      <c r="D183" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E183" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G183" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H183" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I183" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="J183" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="K183" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A184" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C184" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="E184" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="G184" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H184" s="7" t="s">
+        <v>198</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="J184" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...5464 lines deleted...]
-    <row r="185" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="K184" s="1" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A185" s="5"/>
     </row>
   </sheetData>
-  <autoFilter ref="A3:J184" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:J178">
+  <autoFilter ref="A3:K184" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:K178">
     <sortCondition ref="A3"/>
   </sortState>
   <mergeCells count="2">
-    <mergeCell ref="A2:J2"/>
-    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A1:K1"/>
   </mergeCells>
-  <hyperlinks>
-[...7 lines deleted...]
-  </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.4" header="0.3" footer="0.3"/>
-  <pageSetup scale="65" fitToHeight="0" orientation="landscape" r:id="rId8"/>
+  <pageSetup scale="60" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33A02391-9A5F-4A36-A3AF-D973EA9930C7}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E5A3C7EA-C5AD-4A6F-8C12-52CF05C657C7}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:C27"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
-[...246 lines deleted...]
-      <pane xSplit="1" ySplit="1" topLeftCell="B2" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="2" topLeftCell="B3" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="13.28515625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="33.140625" customWidth="1"/>
+    <col min="2" max="2" width="25.85546875" customWidth="1"/>
+    <col min="3" max="3" width="16.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="23" t="s">
+        <v>272</v>
+      </c>
+      <c r="B1" s="24"/>
+      <c r="C1" s="25"/>
+    </row>
+    <row r="2" spans="1:3" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="B2" s="18" t="s">
+        <v>216</v>
+      </c>
+      <c r="C2" s="20" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A3" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>218</v>
+      </c>
+      <c r="C3" s="11" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A4" s="12" t="s">
+        <v>194</v>
+      </c>
+      <c r="B4" s="13" t="s">
+        <v>219</v>
+      </c>
+      <c r="C4" s="14" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="9" t="s">
+        <v>199</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>257</v>
+      </c>
+      <c r="C5" s="11" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="13" t="s">
+        <v>256</v>
+      </c>
+      <c r="C6" s="14" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="9" t="s">
+        <v>196</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="C7" s="11" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="13" t="s">
+        <v>223</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A9" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="B9" s="10" t="s">
+        <v>225</v>
+      </c>
+      <c r="C9" s="11" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A10" s="12" t="s">
+        <v>195</v>
+      </c>
+      <c r="B10" s="13" t="s">
+        <v>226</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="9" t="s">
+        <v>207</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A12" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="B12" s="13" t="s">
+        <v>230</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A13" s="9" t="s">
+        <v>186</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A14" s="12" t="s">
+        <v>261</v>
+      </c>
+      <c r="B14" s="13" t="s">
+        <v>268</v>
+      </c>
+      <c r="C14" s="14" t="s">
         <v>233</v>
       </c>
-      <c r="B1" s="16" t="s">
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A15" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="B15" s="10" t="s">
         <v>234</v>
       </c>
-      <c r="C1" s="16" t="s">
+      <c r="C15" s="11" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="17" t="s">
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A16" s="12" t="s">
+        <v>197</v>
+      </c>
+      <c r="B16" s="13" t="s">
         <v>236</v>
       </c>
-      <c r="C2" t="s">
+      <c r="C16" s="14" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A17" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="10" t="s">
+        <v>237</v>
+      </c>
+      <c r="C17" s="11" t="s">
         <v>238</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A18" s="12" t="s">
+        <v>205</v>
+      </c>
+      <c r="B18" s="13" t="s">
         <v>239</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" t="s">
+      <c r="C18" s="14" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="B19" s="10" t="s">
+        <v>240</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A20" s="12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="13" t="s">
+        <v>242</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="B21" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="12" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="13" t="s">
+        <v>246</v>
+      </c>
+      <c r="C22" s="14" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="B23" s="10" t="s">
+        <v>248</v>
+      </c>
+      <c r="C23" s="11" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
-[...80 lines deleted...]
-      <c r="B12" s="17" t="s">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="12" t="s">
+        <v>183</v>
+      </c>
+      <c r="B24" s="13" t="s">
         <v>250</v>
       </c>
-      <c r="C12" t="s">
-[...7 lines deleted...]
-      <c r="B13" s="17" t="s">
+      <c r="C24" s="14" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="B25" s="10" t="s">
         <v>251</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C25" s="11" t="s">
         <v>252</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B14" s="17" t="s">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="12" t="s">
+        <v>209</v>
+      </c>
+      <c r="B26" s="13" t="s">
         <v>253</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C26" s="14" t="s">
         <v>254</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
-[...50 lines deleted...]
-      <c r="C19" t="s">
+    <row r="27" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="B27" s="16" t="s">
         <v>263</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B20" s="17" t="s">
+      <c r="C27" s="17" t="s">
         <v>264</v>
       </c>
-      <c r="C20" t="s">
-[...100 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:C23" xr:uid="{E5A3C7EA-C5AD-4A6F-8C12-52CF05C657C7}">
-[...1 lines deleted...]
-      <sortCondition ref="A1:A23"/>
+  <autoFilter ref="A2:C22" xr:uid="{E5A3C7EA-C5AD-4A6F-8C12-52CF05C657C7}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C28">
+      <sortCondition ref="A2:A22"/>
     </sortState>
   </autoFilter>
+  <mergeCells count="1">
+    <mergeCell ref="A1:C1"/>
+  </mergeCells>
   <hyperlinks>
-    <hyperlink ref="B2" r:id="rId1" xr:uid="{A6C58FB2-4B94-4AE8-AB3D-C520B6B490FF}"/>
-[...26 lines deleted...]
-    <hyperlink ref="B29" r:id="rId28" xr:uid="{B403D892-619E-4DFD-8E24-5F8E37E1E080}"/>
+    <hyperlink ref="B3" r:id="rId1" xr:uid="{A6C58FB2-4B94-4AE8-AB3D-C520B6B490FF}"/>
+    <hyperlink ref="B4" r:id="rId2" xr:uid="{58799857-6418-42F0-AFD6-40DF0B4E455F}"/>
+    <hyperlink ref="B5" r:id="rId3" xr:uid="{9B1E3C9A-DBB0-492F-9812-CB7E506E2084}"/>
+    <hyperlink ref="B6" r:id="rId4" xr:uid="{11786EA4-32B0-4967-8A81-DE9F1E748E19}"/>
+    <hyperlink ref="B7" r:id="rId5" xr:uid="{A47D7A5B-85C6-4102-BF79-F2132C4B86AA}"/>
+    <hyperlink ref="B8" r:id="rId6" xr:uid="{68B93561-5D75-4D33-9588-87F6C7A96DBA}"/>
+    <hyperlink ref="B9" r:id="rId7" xr:uid="{54CDCF0C-B66E-4DF9-B3DF-B6FF8158E684}"/>
+    <hyperlink ref="B10" r:id="rId8" xr:uid="{96ACF1E8-0815-49F9-A81D-9A3429BD19B8}"/>
+    <hyperlink ref="B11" r:id="rId9" xr:uid="{648F2635-0EFD-4347-BA09-96972782FA04}"/>
+    <hyperlink ref="B12" r:id="rId10" xr:uid="{27885A19-59FC-4D14-AA5A-0A3CB0225971}"/>
+    <hyperlink ref="B13" r:id="rId11" xr:uid="{B90F6808-A011-4BB1-80A3-6BF7AB87DC71}"/>
+    <hyperlink ref="B15" r:id="rId12" xr:uid="{45E39674-88B2-4747-8069-94744C77C00C}"/>
+    <hyperlink ref="B16" r:id="rId13" xr:uid="{11C2E500-1CE3-48DF-AA80-162219D3166A}"/>
+    <hyperlink ref="B17" r:id="rId14" xr:uid="{2DB279C3-6CBF-4232-B983-4CD8DF9DE04E}"/>
+    <hyperlink ref="B18" r:id="rId15" xr:uid="{278B3044-0AE3-4788-9C73-8985D03DFE34}"/>
+    <hyperlink ref="B19" r:id="rId16" xr:uid="{9BE483C7-8632-4222-9D4B-883993CF073F}"/>
+    <hyperlink ref="B20" r:id="rId17" xr:uid="{35F2BF2A-B494-4080-9667-D7A473D96DF0}"/>
+    <hyperlink ref="B21" r:id="rId18" xr:uid="{852BB9F5-E76F-4EC6-8736-3AB585317FD9}"/>
+    <hyperlink ref="B22" r:id="rId19" xr:uid="{B5028FBE-6504-4063-8365-1ED539BA3495}"/>
+    <hyperlink ref="B23" r:id="rId20" xr:uid="{6B421EDE-E43F-4729-A2D1-B709809B1258}"/>
+    <hyperlink ref="B24" r:id="rId21" xr:uid="{B1DCED5C-BC7F-436A-91F5-F59F514D297D}"/>
+    <hyperlink ref="B25" r:id="rId22" xr:uid="{07ED0770-8CDF-483E-B42E-5651888D1B96}"/>
+    <hyperlink ref="B26" r:id="rId23" xr:uid="{B403D892-619E-4DFD-8E24-5F8E37E1E080}"/>
+    <hyperlink ref="B27" r:id="rId24" xr:uid="{09665DF1-2864-46B2-B06E-ABC807380B20}"/>
+    <hyperlink ref="B14" r:id="rId25" xr:uid="{68BC0708-B25D-4CA5-8C23-306EADA05876}"/>
   </hyperlinks>
+  <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup fitToHeight="0" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId26"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Assignments</vt:lpstr>
-      <vt:lpstr>Cancer Center Assignments</vt:lpstr>
       <vt:lpstr>Contact Information</vt:lpstr>
+      <vt:lpstr>'Contact Information'!Print_Area</vt:lpstr>
       <vt:lpstr>Assignments!Print_Titles</vt:lpstr>
-      <vt:lpstr>'Cancer Center Assignments'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>