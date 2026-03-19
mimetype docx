--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="24D36F9F" w14:textId="77777777" w:rsidR="00FF3947" w:rsidRPr="000B51CA" w:rsidRDefault="006E3AF8" w:rsidP="000B51CA">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B51CA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Directions for Fee-For-Service</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E6DFF53" w14:textId="77777777" w:rsidR="006E3AF8" w:rsidRPr="000B51CA" w:rsidRDefault="006E3AF8" w:rsidP="00FF3947">
@@ -1812,68 +1813,60 @@
     <w:p w14:paraId="12CA36E1" w14:textId="77777777" w:rsidR="00B46766" w:rsidRPr="00B46766" w:rsidRDefault="00B46766" w:rsidP="00B46766">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Use and Non-Disclosure of Confidential Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">.  During the term of this Agreement and for five (5) years after it is terminated or otherwise expires, and except </w:t>
-[...8 lines deleted...]
-        <w:t>as otherwise required by law or as permitted by this Agreement, Contractor shall not use Confidential Information or disclose Confidential Information to any third party; provided, however, that Contractor may disclose any Confidential Information to its affiliates and representatives who: (</w:t>
+        <w:t>.  During the term of this Agreement and for five (5) years after it is terminated or otherwise expires, and except as otherwise required by law or as permitted by this Agreement, Contractor shall not use Confidential Information or disclose Confidential Information to any third party; provided, however, that Contractor may disclose any Confidential Information to its affiliates and representatives who: (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B46766">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>) need to know the Confidential Information for the purpose of fulfilling the terms of this Agreement; (ii) are advised by Contractor of the terms of this Agreement; and (iii) are bound by restrictions regarding disclosure and use of Confidential Information no less restrictive than those set forth herein.  Contractor agrees to protect Confidential Information using the same degree of care it uses to protect its own confidential information, but in any event, not less than a reasonable degree of care.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A816A0" w14:textId="77777777" w:rsidR="00B46766" w:rsidRPr="00B46766" w:rsidRDefault="00B46766" w:rsidP="00B46766">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2506,50 +2499,51 @@
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A22367A" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE X</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>THIRD</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
@@ -2608,51 +2602,50 @@
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563CAA26" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE XI</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INDEPENDENT</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
@@ -2927,62 +2920,62 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>University of Alabama at Birmingham</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="542C2B3A" w14:textId="2EFD176A" w:rsidR="00006452" w:rsidRPr="00006452" w:rsidRDefault="00006452" w:rsidP="00006452">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00006452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">University </w:t>
       </w:r>
       <w:r w:rsidR="002C5D6E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Contracts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D833021" w14:textId="77777777" w:rsidR="00006452" w:rsidRPr="00006452" w:rsidRDefault="00006452" w:rsidP="00006452">
+    <w:p w14:paraId="3D833021" w14:textId="0E5E1100" w:rsidR="00006452" w:rsidRPr="00006452" w:rsidRDefault="00006452" w:rsidP="00006452">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00006452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>801 Financial Services Building, Box B10</w:t>
+        <w:t>801 Financial Services Building</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CDA3694" w14:textId="4EF2EA91" w:rsidR="00006452" w:rsidRDefault="00006452" w:rsidP="00006452">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00006452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1720 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00006452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="00006452">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3453,148 +3446,133 @@
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> may upon five (5) business days</w:t>
       </w:r>
       <w:r w:rsidR="00F865B9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> written notice </w:t>
+        <w:t xml:space="preserve"> written notice terminate this Agreement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7804392D" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55126F0E" w14:textId="7A5F7764" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6EE9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ARTICLE XV</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70955" w:rsidRPr="002B6EE9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>I</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
-          <w:sz w:val="23"/>
-[...2 lines deleted...]
-        <w:t>terminate</w:t>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EE9">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>ALABAMA</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
-          <w:sz w:val="23"/>
-[...50 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ALABAMA</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002B6EE9">
+        <w:t xml:space="preserve"> TAX CERTIFICATION (APPLICABLE TO AGRE</w:t>
+      </w:r>
+      <w:r w:rsidR="000D091B" w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> TAX CERTIFICATION (APPLICABLE TO AGRE</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000D091B" w:rsidRPr="002B6EE9">
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>MENTS FOR THE PURCHASE OR LEASE OF TANGIBLE PERSONAL PROPERTY).</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">   In accordance with Section 41-4-116 of the Code of Alabama, by accepting this </w:t>
       </w:r>
       <w:r w:rsidR="00F865B9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">greement, </w:t>
       </w:r>
       <w:r w:rsidR="0057033A" w:rsidRPr="002B6EE9">
         <w:rPr>
@@ -3614,59 +3592,51 @@
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> is appropriately registered to collect and remit sales, use, and lease tax on all taxable sales and leases of personal property in Alabama and that </w:t>
       </w:r>
       <w:r w:rsidR="0057033A" w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is not </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">barred from bidding for or entering into a contract pursuant to Section 41-4-116 and that </w:t>
+        <w:t xml:space="preserve"> is not barred from bidding for or entering into a contract pursuant to Section 41-4-116 and that </w:t>
       </w:r>
       <w:r w:rsidR="0057033A" w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> acknowledges that University may declare the Agreement void if this certification is false. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F3B41BB" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
@@ -4277,50 +4247,51 @@
     <w:p w14:paraId="6BCF77B3" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="112FEBD7" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE XXII</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>ENTIRE</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
@@ -4393,51 +4364,50 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="404C751E" w14:textId="77777777" w:rsidR="00AF7189" w:rsidRPr="00AF7189" w:rsidRDefault="00AF7189" w:rsidP="00AF7189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF7189">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE XXIII</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00AF7189">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF7189">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NONDISCRIMINATION</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AF7189">
         <w:rPr>
@@ -4508,142 +4478,302 @@
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00AF7189">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall not use Federal or State funds for programs that discriminate based on Protected Characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="135FCD64" w14:textId="77777777" w:rsidR="00AF7189" w:rsidRDefault="00AF7189" w:rsidP="002B6EE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9A301E" w14:textId="291A6DB3" w:rsidR="002759F5" w:rsidRPr="002759F5" w:rsidRDefault="002759F5" w:rsidP="002B6EE9">
+    <w:p w14:paraId="0F9A301E" w14:textId="636BEE84" w:rsidR="002759F5" w:rsidRDefault="002759F5" w:rsidP="002B6EE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>ARTICLE XX</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">V: </w:t>
       </w:r>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DIGITIAL ACCESSIBILITY.</w:t>
+        <w:t>DIGITAL ACCESSIBILITY.</w:t>
       </w:r>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Throughout the term of this Agreement, Contractor shall ensure that all digital content, including without limitation websites, mobile applications, online forms, documents, and other electronic information, provided to or created for the University pursuant to this Agreement shall adhere to the accessibility standards outlined in the Web Content Accessibility Guidelines (WCAG) 2.1 Level AA or any higher digital accessibility standards mandated by Title II of the Americans with Disabilities Act (ADA) and its implementing regulations. Contractor shall provide the University with an Accessibility Conformance Report (ACR) for all digital content delivered under this Agreement.  Contractor shall permit the University to conduct testing at periodic intervals to assess Contractor’s compliance with this provision, provided that the parties shall cooperate in good faith to arrange such testing and that the testing </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002A3075" w:rsidRPr="002759F5">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>does not impose</w:t>
+      </w:r>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>not impose</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> an undue burden on Contractor’s operations. Contractor shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. Contractor shall indemnify, defend, and hold harmless the University against all damages, costs, fees, fines, liabilities, loss, and expenses, including reasonable attorney’s fees, incurred by the University in connection with any third-party demand, claim, or legal or administrative agency action or proceeding arising from or related to an allegation that the digital content provided by or created by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
       <w:r w:rsidRPr="002759F5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> an undue burden on Contractor’s operations. Contractor shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. Contractor shall indemnify, defend, and hold harmless the University against all damages, costs, fees, fines, liabilities, loss, and expenses, including reasonable attorney’s fees, incurred by the University in connection with any third-party demand, claim, or legal or administrative agency action or proceeding arising from or related to an allegation that the digital content provided by or created by </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> failed to meet the digital accessibility standards outlined in this provision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67163658" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="002B6EE9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76C60280" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="002B6EE9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27E3BE13" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="002B6EE9">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A6ACDAF" w14:textId="04E68AA1" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Contractor</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002759F5">
+        <w:t>{signatures appear on following page}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F843EE5" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> failed to meet the digital accessibility standards outlined in this provision.</w:t>
-      </w:r>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73BAC1A9" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6544121E" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38C0361D" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C27A039" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AD94214" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69AF6FF9" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4485A180" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47D54D62" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60959A64" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRPr="002759F5" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5BD66C62" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="744D2A5D" w14:textId="77777777" w:rsidR="002759F5" w:rsidRPr="002B6EE9" w:rsidRDefault="002759F5" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4652,50 +4782,51 @@
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08CD433E" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>THE BOARD OF TRUSTEES OF</w:t>
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4599535A" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4806,51 +4937,89 @@
       </w:r>
       <w:r w:rsidRPr="002B6EE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="083859BF" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74D7AD41" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
+    <w:p w14:paraId="062649C0" w14:textId="60F7A03D" w:rsidR="002A3075" w:rsidRDefault="002A3075" w:rsidP="002A3075">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">UC Number: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6EE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D7AD41" w14:textId="05E7F58A" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="111E91A6" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="002B6EE9" w:rsidRDefault="00024543" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
@@ -5128,51 +5297,510 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="677CA2FF" w14:textId="77777777" w:rsidR="00AF7189" w:rsidRDefault="00AF7189" w:rsidP="00AF7189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74C8F0CA" w14:textId="2C3E2776" w:rsidR="003F783B" w:rsidRPr="00C12630" w:rsidRDefault="003F783B" w:rsidP="00AF7189">
+    <w:p w14:paraId="68094AA3" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42C5BC1A" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179F97B2" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C50F8BE" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="698289DD" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44DF6280" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51D90A3A" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C889E74" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14FFCCB5" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE4E9FF" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3640DC37" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3261DA6C" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="358D2706" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="551C65A0" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="138D22BC" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77F82534" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="098703A4" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67BA9578" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67491CA8" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="147C5519" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E9ACD46" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CFE08A3" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67A10C4E" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A1E626" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FC83A12" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="312E0053" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="443A2AC5" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00AF7189">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C8F0CA" w14:textId="4CCF353C" w:rsidR="003F783B" w:rsidRPr="00C12630" w:rsidRDefault="003F783B" w:rsidP="00AF7189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C12630">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -5521,198 +6149,190 @@
         <w:t>Deliverables.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7093"/>
         <w:gridCol w:w="2149"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w14:paraId="3268ABE1" w14:textId="77777777" w:rsidTr="0010795D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D86392A" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Deliverables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="614BC245" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w14:paraId="7FD5E4EA" w14:textId="77777777" w:rsidTr="00596D48">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7496B645" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="54DB659C" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w14:paraId="141C5B0F" w14:textId="77777777" w:rsidTr="00596D48">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4BBBDDA4" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0132C781" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00596D48" w:rsidRPr="006D6A6A" w14:paraId="0117687E" w14:textId="77777777" w:rsidTr="00596D48">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38179188" w14:textId="77777777" w:rsidR="00596D48" w:rsidRPr="006D6A6A" w:rsidRDefault="00596D48" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B36D1B1" w14:textId="77777777" w:rsidR="00596D48" w:rsidRPr="006D6A6A" w:rsidRDefault="00596D48" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1EDE14F6" w14:textId="49CB55FB" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="00B6487B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5779,272 +6399,260 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3536"/>
         <w:gridCol w:w="3560"/>
         <w:gridCol w:w="2146"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w14:paraId="7C6E83CF" w14:textId="77777777" w:rsidTr="0010795D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75F95554" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="794B7EFC" w14:textId="02735DB8" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Anticipated Completion/Due Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="605372F8" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w14:paraId="2E19B359" w14:textId="77777777" w:rsidTr="00596D48">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36C395BC" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="085418C1" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D465438" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w14:paraId="45762D02" w14:textId="77777777" w:rsidTr="00596D48">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B02305B" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E05D06E" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1019B660" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00596D48" w:rsidRPr="006D6A6A" w14:paraId="33D61758" w14:textId="77777777" w:rsidTr="00596D48">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DB46318" w14:textId="77777777" w:rsidR="00596D48" w:rsidRPr="006D6A6A" w:rsidRDefault="00596D48" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C4A50C1" w14:textId="77777777" w:rsidR="00596D48" w:rsidRPr="006D6A6A" w:rsidRDefault="00596D48" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A08EF6E" w14:textId="77777777" w:rsidR="00596D48" w:rsidRPr="006D6A6A" w:rsidRDefault="00596D48" w:rsidP="0010795D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61A97F0A" w14:textId="77777777" w:rsidR="00B6487B" w:rsidRPr="006D6A6A" w:rsidRDefault="00B6487B" w:rsidP="00B6487B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -7953,74 +8561,74 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21A5F6EF" w14:textId="77777777" w:rsidR="001102BB" w:rsidRPr="002B6EE9" w:rsidRDefault="001102BB" w:rsidP="002B6EE9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="001102BB" w:rsidRPr="002B6EE9" w:rsidSect="00651031">
+    <w:sectPr w:rsidR="001102BB" w:rsidRPr="002B6EE9" w:rsidSect="00DD7E9C">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="517C745F" w14:textId="77777777" w:rsidR="002A28E8" w:rsidRDefault="002A28E8" w:rsidP="008E37B0">
+    <w:p w14:paraId="50C47EAA" w14:textId="77777777" w:rsidR="00F54C40" w:rsidRDefault="00F54C40" w:rsidP="008E37B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62177A49" w14:textId="77777777" w:rsidR="002A28E8" w:rsidRDefault="002A28E8" w:rsidP="008E37B0">
+    <w:p w14:paraId="26E2666B" w14:textId="77777777" w:rsidR="00F54C40" w:rsidRDefault="00F54C40" w:rsidP="008E37B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -8055,116 +8663,176 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="59AE0F31" w14:textId="29A50D34" w:rsidR="00AF7189" w:rsidRDefault="00AF7189" w:rsidP="00AF7189">
-[...44 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1308776840"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="4B4AB67E" w14:textId="35004CAD" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C076B92" w14:textId="77777777" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="663EFC91" w14:textId="01B0D650" w:rsidR="00DD7E9C" w:rsidRDefault="00DD7E9C" w:rsidP="00DD7E9C">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7E9C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rev. 3/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w14:paraId="2DA54BD0" w14:textId="2FDE1B43" w:rsidR="00502950" w:rsidRDefault="00502950">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1237E0F2" w14:textId="77777777" w:rsidR="002A28E8" w:rsidRDefault="002A28E8" w:rsidP="008E37B0">
+    <w:p w14:paraId="6AF548A5" w14:textId="77777777" w:rsidR="00F54C40" w:rsidRDefault="00F54C40" w:rsidP="008E37B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FE53C74" w14:textId="77777777" w:rsidR="002A28E8" w:rsidRDefault="002A28E8" w:rsidP="008E37B0">
+    <w:p w14:paraId="58B6477B" w14:textId="77777777" w:rsidR="00F54C40" w:rsidRDefault="00F54C40" w:rsidP="008E37B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02BB7ED9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D10507C"/>
     <w:lvl w:ilvl="0" w:tplc="BD248544">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -9683,99 +10351,103 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2024550640">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00024543"/>
     <w:rsid w:val="00006452"/>
     <w:rsid w:val="00020CF5"/>
     <w:rsid w:val="00024543"/>
     <w:rsid w:val="0003097B"/>
     <w:rsid w:val="00051E43"/>
     <w:rsid w:val="00080A85"/>
     <w:rsid w:val="00081088"/>
     <w:rsid w:val="000A7C16"/>
     <w:rsid w:val="000B51CA"/>
     <w:rsid w:val="000C21FF"/>
     <w:rsid w:val="000D091B"/>
     <w:rsid w:val="000D7287"/>
     <w:rsid w:val="001060E0"/>
     <w:rsid w:val="001102BB"/>
     <w:rsid w:val="001447E1"/>
     <w:rsid w:val="00150EE2"/>
+    <w:rsid w:val="00186E54"/>
     <w:rsid w:val="001B34BC"/>
     <w:rsid w:val="001C38AE"/>
     <w:rsid w:val="001E3172"/>
     <w:rsid w:val="001F5AE6"/>
     <w:rsid w:val="00221D38"/>
     <w:rsid w:val="002306C8"/>
     <w:rsid w:val="002501F4"/>
     <w:rsid w:val="00267DCA"/>
+    <w:rsid w:val="00271EE3"/>
     <w:rsid w:val="002759F5"/>
     <w:rsid w:val="002A28E8"/>
+    <w:rsid w:val="002A3075"/>
     <w:rsid w:val="002A7EAD"/>
     <w:rsid w:val="002B0452"/>
     <w:rsid w:val="002B6EE9"/>
     <w:rsid w:val="002B7CE8"/>
     <w:rsid w:val="002C5D6E"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="0033521E"/>
     <w:rsid w:val="003900A1"/>
     <w:rsid w:val="003B2FD2"/>
     <w:rsid w:val="003F783B"/>
     <w:rsid w:val="0043518E"/>
     <w:rsid w:val="00454A60"/>
     <w:rsid w:val="004C6167"/>
     <w:rsid w:val="00502950"/>
     <w:rsid w:val="00541036"/>
     <w:rsid w:val="005632F6"/>
     <w:rsid w:val="0057033A"/>
     <w:rsid w:val="00586F09"/>
     <w:rsid w:val="00596D48"/>
     <w:rsid w:val="005A6686"/>
     <w:rsid w:val="005C1801"/>
     <w:rsid w:val="005C76D3"/>
     <w:rsid w:val="006264A8"/>
     <w:rsid w:val="00647BFF"/>
     <w:rsid w:val="00651031"/>
@@ -9786,89 +10458,95 @@
     <w:rsid w:val="00697FDA"/>
     <w:rsid w:val="006A4760"/>
     <w:rsid w:val="006B590A"/>
     <w:rsid w:val="006D6A6A"/>
     <w:rsid w:val="006E02C2"/>
     <w:rsid w:val="006E3AF8"/>
     <w:rsid w:val="006F5B53"/>
     <w:rsid w:val="0072233F"/>
     <w:rsid w:val="00741BA0"/>
     <w:rsid w:val="00746C3B"/>
     <w:rsid w:val="00795292"/>
     <w:rsid w:val="008134DF"/>
     <w:rsid w:val="0082531A"/>
     <w:rsid w:val="00834952"/>
     <w:rsid w:val="008403E2"/>
     <w:rsid w:val="008649C9"/>
     <w:rsid w:val="008710CD"/>
     <w:rsid w:val="008A10F3"/>
     <w:rsid w:val="008B579D"/>
     <w:rsid w:val="008C3EF5"/>
     <w:rsid w:val="008D23B0"/>
     <w:rsid w:val="008E37B0"/>
     <w:rsid w:val="008E6430"/>
     <w:rsid w:val="009443C9"/>
     <w:rsid w:val="00954786"/>
+    <w:rsid w:val="00955DCA"/>
     <w:rsid w:val="009B65F1"/>
     <w:rsid w:val="00A17B23"/>
     <w:rsid w:val="00A67CE0"/>
     <w:rsid w:val="00A82088"/>
     <w:rsid w:val="00A8740A"/>
     <w:rsid w:val="00AD791B"/>
     <w:rsid w:val="00AF39E8"/>
     <w:rsid w:val="00AF7189"/>
     <w:rsid w:val="00B14BA1"/>
     <w:rsid w:val="00B46766"/>
     <w:rsid w:val="00B6487B"/>
     <w:rsid w:val="00BC74A0"/>
     <w:rsid w:val="00BD559F"/>
     <w:rsid w:val="00BF4B49"/>
     <w:rsid w:val="00C10A3C"/>
     <w:rsid w:val="00C10AAF"/>
     <w:rsid w:val="00C12630"/>
     <w:rsid w:val="00C70955"/>
+    <w:rsid w:val="00C75488"/>
     <w:rsid w:val="00C96CD5"/>
     <w:rsid w:val="00CA22D6"/>
     <w:rsid w:val="00CA54EE"/>
     <w:rsid w:val="00CA5DA5"/>
     <w:rsid w:val="00CD061A"/>
     <w:rsid w:val="00CE29EB"/>
     <w:rsid w:val="00CF4C18"/>
     <w:rsid w:val="00D31C51"/>
     <w:rsid w:val="00D36F93"/>
     <w:rsid w:val="00D516AB"/>
     <w:rsid w:val="00D572E1"/>
     <w:rsid w:val="00D86E8D"/>
     <w:rsid w:val="00DD7E85"/>
+    <w:rsid w:val="00DD7E9C"/>
     <w:rsid w:val="00DF105D"/>
     <w:rsid w:val="00E50D49"/>
     <w:rsid w:val="00E60F14"/>
     <w:rsid w:val="00E713E5"/>
     <w:rsid w:val="00EA20A8"/>
+    <w:rsid w:val="00EB09EB"/>
+    <w:rsid w:val="00EF48DA"/>
     <w:rsid w:val="00F04A74"/>
     <w:rsid w:val="00F210BA"/>
     <w:rsid w:val="00F3536F"/>
+    <w:rsid w:val="00F54C40"/>
     <w:rsid w:val="00F865B9"/>
     <w:rsid w:val="00F95200"/>
     <w:rsid w:val="00FA6CC7"/>
     <w:rsid w:val="00FC7B29"/>
     <w:rsid w:val="00FF33CA"/>
     <w:rsid w:val="00FF3947"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -10276,50 +10954,51 @@
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00024543"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-720"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
@@ -10801,90 +11480,119 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>16214</Characters>
+  <Pages>9</Pages>
+  <Words>2758</Words>
+  <Characters>16279</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>397</Lines>
+  <Paragraphs>117</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The University of Alabama at Birmingham</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18891</CharactersWithSpaces>
+  <CharactersWithSpaces>18920</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1507353</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://financialaffairs.uab.edu/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The University of Alabama at Birmingham</dc:title>
   <dc:creator>UAB Employee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
+    <vt:lpwstr>2026-03-11T19:31:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
+    <vt:lpwstr>Sensitive</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
+    <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
+    <vt:lpwstr>19386424-5de8-4585-bb6f-dbf370e99b0c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>