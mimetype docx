--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -5642,58 +5642,58 @@
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="0D0EF9CD" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="511A92E8" w16cex:dateUtc="2025-01-21T19:05:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
 <w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="0D0EF9CD" w16cid:durableId="511A92E8"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38F47539" w14:textId="77777777" w:rsidR="00CC4756" w:rsidRDefault="00CC4756">
+    <w:p w14:paraId="418C4792" w14:textId="77777777" w:rsidR="00016F37" w:rsidRDefault="00016F37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B3B471B" w14:textId="77777777" w:rsidR="00CC4756" w:rsidRDefault="00CC4756">
+    <w:p w14:paraId="1F7554B9" w14:textId="77777777" w:rsidR="00016F37" w:rsidRDefault="00016F37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -6013,58 +6013,58 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri"/>
                         <w:b/>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6821FDBF" w14:textId="77777777" w:rsidR="00CC4756" w:rsidRDefault="00CC4756">
+    <w:p w14:paraId="6A062D7F" w14:textId="77777777" w:rsidR="00016F37" w:rsidRDefault="00016F37">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43D0A07A" w14:textId="77777777" w:rsidR="00CC4756" w:rsidRDefault="00CC4756">
+    <w:p w14:paraId="136A4D0C" w14:textId="77777777" w:rsidR="00016F37" w:rsidRDefault="00016F37">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58922583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="92903096"/>
     <w:lvl w:ilvl="0" w:tplc="52308458">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="839" w:hanging="313"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
@@ -6447,54 +6447,57 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00282780"/>
+    <w:rsid w:val="00016F37"/>
+    <w:rsid w:val="00135953"/>
     <w:rsid w:val="00282780"/>
     <w:rsid w:val="002C7665"/>
     <w:rsid w:val="00317F5D"/>
     <w:rsid w:val="00322A46"/>
+    <w:rsid w:val="003B2DA8"/>
     <w:rsid w:val="003C7177"/>
     <w:rsid w:val="005F4392"/>
     <w:rsid w:val="00A86C63"/>
     <w:rsid w:val="00AD552F"/>
     <w:rsid w:val="00B46F55"/>
     <w:rsid w:val="00BF5388"/>
     <w:rsid w:val="00C4547C"/>
     <w:rsid w:val="00CC4756"/>
     <w:rsid w:val="00D61FA5"/>
     <w:rsid w:val="00D92313"/>
     <w:rsid w:val="00FB4C54"/>
     <w:rsid w:val="00FD01F5"/>
     <w:rsid w:val="00FE404A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -7338,63 +7341,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11FCE96E-9195-483A-BDFA-2594B1D2CC3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1470</Words>
-  <Characters>8381</Characters>
+  <Words>1524</Words>
+  <Characters>8327</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>208</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9832</CharactersWithSpaces>
+  <CharactersWithSpaces>9781</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Whiteside, Heustis P, Jr</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-04-29T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 24 for Word</vt:lpwstr>
   </property>