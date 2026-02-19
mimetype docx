--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -1,47 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="71CB67D1" w14:textId="77777777" w:rsidR="00755E1F" w:rsidRPr="005413C8" w:rsidRDefault="00755E1F" w:rsidP="00755E1F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005413C8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Directions for Co</w:t>
@@ -2081,51 +2082,61 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unless the information has already been or is subsequently disclosed publicly by third parties, was previously known or subsequently discovered independently by the University, without the benefit of the proprietary information, or is required to be disclosed by order of a court of law or other governmental authority. It is agreed that such reasonable efforts by the University or other governmental </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>authority</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be in lieu of all other obligations or liabilities of the University relative to proprietary information. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556144">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">will be in lieu of all other obligations or liabilities of the University relative to proprietary information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F14E4AF" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F95EE89" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
@@ -2570,93 +2581,93 @@
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall be entitled to any benefit of employment by the University.   Neither party is authorized to act as the agent of the other, nor shall either party be bound by the acts of the other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D8A3E58" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B869128" w14:textId="77777777" w:rsidR="009F7115" w:rsidRPr="00EF75E2" w:rsidRDefault="00324AA4" w:rsidP="008C6B95">
+    <w:p w14:paraId="4B869128" w14:textId="397019F2" w:rsidR="009F7115" w:rsidRPr="00EF75E2" w:rsidRDefault="00324AA4" w:rsidP="008C6B95">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ARTICLE XII:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>UAB GUIDELINES.</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Individual Independent Contractor will adhere to UAB Policies and Guidelines found on the following website</w:t>
+        <w:t xml:space="preserve">  Contractor will adhere to UAB Policies and Guidelines found on the following website</w:t>
       </w:r>
       <w:r w:rsidR="008C6B95">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00A22D2F" w:rsidRPr="00556144">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>http://financialaffairs.uab.edu/content.asp?id=208887</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008C6B95">
         <w:rPr>
@@ -2856,66 +2867,66 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">University </w:t>
       </w:r>
       <w:r w:rsidR="008453AA" w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contracts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32CFC63E" w14:textId="77777777" w:rsidR="009508B5" w:rsidRPr="00556144" w:rsidRDefault="009508B5" w:rsidP="009508B5">
+    <w:p w14:paraId="32CFC63E" w14:textId="1CA029EA" w:rsidR="009508B5" w:rsidRPr="00556144" w:rsidRDefault="009508B5" w:rsidP="009508B5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>801 Financial Services Building, Box B10</w:t>
+        <w:t>801 Financial Services Building</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F50313" w14:textId="77777777" w:rsidR="009508B5" w:rsidRPr="00556144" w:rsidRDefault="009508B5" w:rsidP="009508B5">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1720 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
@@ -3191,59 +3202,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF75E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> represents and warrants that </w:t>
       </w:r>
       <w:r w:rsidR="00033A72" w:rsidRPr="00EF75E2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and any of its directors, officers, employees, or agents providing services under this </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Agreement: </w:t>
+        <w:t xml:space="preserve"> and any of its directors, officers, employees, or agents providing services under this Agreement: </w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are not “sanctioned persons” under any federal or state program or law; </w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) </w:t>
@@ -3351,67 +3354,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is no longer able to make such representations, and </w:t>
       </w:r>
       <w:r w:rsidR="008453AA" w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may upon five (5) business days written notice </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> this Agreement. </w:t>
+        <w:t xml:space="preserve"> may upon five (5) business days written notice terminate this Agreement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138DFCFF" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="492F7CEE" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -4011,112 +3998,130 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00A22D2F" w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The parties are aware that there are constitutional and statutory limitations on the authority of University (a state agency) to enter into certain terms and conditions of the </w:t>
       </w:r>
       <w:r w:rsidR="00C01139" w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00A22D2F" w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">greement, including, but not limited to, those terms and conditions relating to liens on University’s property; disclaimers and limitations of liability for damages; waivers, disclaimers and limitations of legal rights, remedies, requirements and processes; limitations of periods to bring legal action; granting control of litigation or settlement to another party; liability for acts or omissions of third parties; payment of attorneys’ fees; dispute resolution; indemnities; and confidentiality (collectively, the “limitations”), and terms and conditions related to the limitations </w:t>
+        <w:t xml:space="preserve">greement, including, but not limited to, those terms and conditions relating to liens on University’s property; disclaimers and limitations of liability for damages; waivers, disclaimers and </w:t>
       </w:r>
       <w:r w:rsidR="00A22D2F" w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">will not be binding on University except to the extent authorized by the laws and constitution of the State of Alabama. </w:t>
+        <w:t xml:space="preserve">limitations of legal rights, remedies, requirements and processes; limitations of periods to bring legal action; granting control of litigation or settlement to another party; liability for acts or omissions of third parties; payment of attorneys’ fees; dispute resolution; indemnities; and confidentiality (collectively, the “limitations”), and terms and conditions related to the limitations will not be binding on University except to the extent authorized by the laws and constitution of the State of Alabama. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A5E46A" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41388AE1" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
+    <w:p w14:paraId="41388AE1" w14:textId="6BDE2967" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE XX</w:t>
       </w:r>
       <w:r w:rsidR="00324AA4" w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">II: </w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>ENTIRE AGREEMENT MODIFICATIONS.</w:t>
+        <w:t>ENTIRE AGREEMENT</w:t>
+      </w:r>
+      <w:r w:rsidR="00600AE7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556144">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MODIFICATIONS.</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F0EA6" w:rsidRPr="00556144">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This Agreement supersedes all prior agreements, written or oral, between </w:t>
@@ -4142,180 +4147,168 @@
         </w:rPr>
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3134A172" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42651468" w14:textId="04B61A59" w:rsidR="00FB7E2E" w:rsidRPr="00FB7E2E" w:rsidRDefault="00FB7E2E" w:rsidP="00FB7E2E">
+    <w:p w14:paraId="42651468" w14:textId="4774B70C" w:rsidR="00FB7E2E" w:rsidRPr="00FB7E2E" w:rsidRDefault="00FB7E2E" w:rsidP="00FB7E2E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ARTICLE XXI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>NONDISCRIMINATION.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FB7E2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>NONDISCRIMINATION</w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall comply with all applicable Federal and State laws and regulations regarding non-discrimination.  Contractor further agrees that no person shall be excluded from participation in, be denied benefits of, or otherwise be subjected to discrimination in the performance of this Agreement </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Contractor</w:t>
+        <w:t>on the basis of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall comply with all applicable Federal and State laws and regulations regarding non-discrimination.  Contractor further agrees that no person shall be excluded from participation in, be denied benefits of, or otherwise be subjected to discrimination in the performance of this Agreement </w:t>
+        <w:t xml:space="preserve"> race, color, national origin, sex, disability, or age, or any other characteristic protected by Federal or State law (“Protected Characteristics”).  </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>on the basis of</w:t>
+        <w:t>Contractor</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00FB7E2E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> race, color, national origin, sex, disability, or age, or any other characteristic protected by Federal or State law (“Protected Characteristics”).  </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> shall not use Federal or State funds for programs that discriminate based on Protected Characteristics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B2265BC" w14:textId="77777777" w:rsidR="00EF5375" w:rsidRPr="00556144" w:rsidRDefault="00EF5375" w:rsidP="00024543">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01A5B68A" w14:textId="50CAD9F2" w:rsidR="00EF5375" w:rsidRDefault="00221FA1" w:rsidP="00221FA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -4354,118 +4347,267 @@
       </w:r>
       <w:r w:rsidRPr="00221FA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Throughout the term of this Agreement, Contractor shall ensure that all digital content, including without limitation websites, mobile applications, online forms, documents, and other electronic information, provided to or created for the University pursuant to this Agreement shall adhere to the accessibility standards outlined in the Web Content Accessibility Guidelines (WCAG) 2.1 Level AA or any higher digital accessibility standards mandated by Title II of the Americans with Disabilities Act (ADA) and its implementing regulations. Contractor shall provide the University with an Accessibility Conformance Report (ACR) for all digital content delivered under this Agreement.  Contractor shall permit the University to conduct testing at periodic intervals to assess Contractor’s compliance with this provision, provided that the parties shall cooperate in good faith to arrange such testing and that the testing </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00221FA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>not impose</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00221FA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> an undue burden on Contractor’s operations. Contractor shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. Contractor shall indemnify, defend, and hold harmless the University against all damages, costs, fees, fines, liabilities, loss, and expenses, including reasonable attorney’s fees, incurred by the University in connection with any third-party demand, claim, or legal or administrative agency action or proceeding arising from or related to an allegation that the digital content provided by or created by </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> failed to meet the digital accessibility standards outlined in this provision.</w:t>
+        <w:t xml:space="preserve"> an undue burden on Contractor’s operations. Contractor shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. Contractor shall indemnify, defend, and hold harmless the University against all damages, costs, fees, fines, liabilities, loss, and expenses, including reasonable attorney’s fees, incurred by the University in connection with any third-party demand, claim, or legal or administrative agency action or proceeding arising from or related to an allegation that the digital content provided by or created by Contractor failed to meet the digital accessibility standards outlined in this provision.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="609A52D5" w14:textId="77777777" w:rsidR="00221FA1" w:rsidRDefault="00221FA1" w:rsidP="00221FA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="37EE893B" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00221FA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44EBAB0B" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00221FA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426E9796" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRPr="001B4E38" w:rsidRDefault="00600AE7" w:rsidP="00600AE7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>{Signatures appear on the following page}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2284DEF5" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00221FA1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="18A98238" w14:textId="77777777" w:rsidR="00221FA1" w:rsidRPr="00556144" w:rsidRDefault="00221FA1" w:rsidP="00221FA1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D588C6C" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
-[...18 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="67C20C8A" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B046F7E" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4421BE58" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1AED02" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F68A8F2" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2466AAEB" w14:textId="77777777" w:rsidR="00B947EB" w:rsidRDefault="00B947EB" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5411D195" w14:textId="77777777" w:rsidR="00B947EB" w:rsidRDefault="00B947EB" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D588C6C" w14:textId="11B7D277" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00556144">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>THE BOARD OF TRUSTEES OF</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="590FDF3B" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00556144" w:rsidRDefault="00024543" w:rsidP="00024543">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -4759,76 +4901,686 @@
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00556144">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>_____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42DA2BE5" w14:textId="77777777" w:rsidR="00A22D2F" w:rsidRPr="00EF75E2" w:rsidRDefault="00A22D2F" w:rsidP="00EF5375">
+    <w:p w14:paraId="6BDDCB32" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3467D8" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C52C8CD" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="275E9244" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64F9C180" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A814DDB" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FD338AC" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774017B5" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D764D3F" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA14046" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13F91BC2" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="021662BB" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44A0FC4D" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53AB7CDF" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06819E1F" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690EAE03" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="588E2EF6" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C7CF07" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60D77D12" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="455BB076" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5909548D" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0791F42E" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3F81DF" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D8C4540" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="461239E4" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64DF4EF7" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22E7ABA7" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C9CEBD" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9D772A" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A41595A" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49DD290E" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE6170F" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AD235B4" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398E959C" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B0DEC12" w14:textId="77777777" w:rsidR="00600AE7" w:rsidRDefault="00600AE7" w:rsidP="00B947EB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4143772B" w14:textId="77777777" w:rsidR="00B947EB" w:rsidRDefault="00B947EB" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42DA2BE5" w14:textId="0C5C0549" w:rsidR="00A22D2F" w:rsidRPr="00EF75E2" w:rsidRDefault="00A22D2F" w:rsidP="00EF5375">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00EF75E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Attachment A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D2C7EF" w14:textId="77777777" w:rsidR="00755E1F" w:rsidRPr="00556144" w:rsidRDefault="00755E1F" w:rsidP="00EF5375">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F4CEA34" w14:textId="77777777" w:rsidR="00A22D2F" w:rsidRPr="00556144" w:rsidRDefault="00A22D2F" w:rsidP="00A22D2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
@@ -5048,161 +5800,155 @@
         <w:t>Deliverables.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7094"/>
         <w:gridCol w:w="2148"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A67C1F" w:rsidRPr="00556144" w14:paraId="57CB3D94" w14:textId="77777777" w:rsidTr="006760C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B63B665" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00556144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Deliverables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B593175" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00556144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67C1F" w:rsidRPr="00556144" w14:paraId="5093D8BC" w14:textId="77777777" w:rsidTr="00556144">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B063C25" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="293E2811" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67C1F" w:rsidRPr="00556144" w14:paraId="2FA70818" w14:textId="77777777" w:rsidTr="006760C2">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52EE85DA" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2391E911" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="35EE4F2B" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="00A67C1F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5249,219 +5995,210 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3538"/>
         <w:gridCol w:w="3559"/>
         <w:gridCol w:w="2145"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A67C1F" w:rsidRPr="00556144" w14:paraId="05A9D89C" w14:textId="77777777" w:rsidTr="006760C2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D221992" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00556144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="203BE65C" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00556144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Anticipated Completion/Due Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="350115B0" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00556144">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67C1F" w:rsidRPr="00556144" w14:paraId="3B2D9676" w14:textId="77777777" w:rsidTr="00556144">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FE779B7" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4E353F4A" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6BC9E39B" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A67C1F" w:rsidRPr="00556144" w14:paraId="3AB6DBD9" w14:textId="77777777" w:rsidTr="00556144">
         <w:trPr>
           <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EF20F19" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="073A10F2" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59A8C5BD" w14:textId="77777777" w:rsidR="00A67C1F" w:rsidRPr="00556144" w:rsidRDefault="00A67C1F" w:rsidP="006760C2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="141CD4CC" w14:textId="77777777" w:rsidR="00A22D2F" w:rsidRPr="00EF75E2" w:rsidRDefault="00A22D2F" w:rsidP="00A22D2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
@@ -7208,58 +7945,58 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E4877" w:rsidRPr="005413C8" w:rsidSect="00755E1F">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23A3D711" w14:textId="77777777" w:rsidR="00DA1E84" w:rsidRDefault="00DA1E84" w:rsidP="0087445C">
+    <w:p w14:paraId="53139E2E" w14:textId="77777777" w:rsidR="00661D2D" w:rsidRDefault="00661D2D" w:rsidP="0087445C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DDB852C" w14:textId="77777777" w:rsidR="00DA1E84" w:rsidRDefault="00DA1E84" w:rsidP="0087445C">
+    <w:p w14:paraId="7621F751" w14:textId="77777777" w:rsidR="00661D2D" w:rsidRDefault="00661D2D" w:rsidP="0087445C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -7294,127 +8031,205 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2144A736" w14:textId="0F472B3A" w:rsidR="00FB7E2E" w:rsidRPr="00556144" w:rsidRDefault="00FB7E2E" w:rsidP="00FB7E2E">
-[...60 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1355773970"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="211B07EB" w14:textId="5C6CCE8E" w:rsidR="00B947EB" w:rsidRPr="009A7817" w:rsidRDefault="00B947EB" w:rsidP="00B947EB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B10D78" w14:textId="417FAF1C" w:rsidR="00B947EB" w:rsidRPr="009A7817" w:rsidRDefault="00B947EB" w:rsidP="00B947EB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:ind w:left="7920"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC57C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rev. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1/2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24C71382" w14:textId="250B9671" w:rsidR="00B947EB" w:rsidRDefault="00B947EB">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w14:paraId="6A086F2C" w14:textId="77777777" w:rsidR="002668C4" w:rsidRDefault="002668C4"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="70B6D6AF" w14:textId="77777777" w:rsidR="00DA1E84" w:rsidRDefault="00DA1E84" w:rsidP="0087445C">
+    <w:p w14:paraId="76FE9FDF" w14:textId="77777777" w:rsidR="00661D2D" w:rsidRDefault="00661D2D" w:rsidP="0087445C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D5BA26B" w14:textId="77777777" w:rsidR="00DA1E84" w:rsidRDefault="00DA1E84" w:rsidP="0087445C">
+    <w:p w14:paraId="65928ECC" w14:textId="77777777" w:rsidR="00661D2D" w:rsidRDefault="00661D2D" w:rsidP="0087445C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07BA1141"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3AA2DE52"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -8390,163 +9205,175 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1052734327">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1317412172">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1653288931">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="827592489">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="448665980">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00024543"/>
     <w:rsid w:val="00024543"/>
     <w:rsid w:val="000335A6"/>
     <w:rsid w:val="00033A72"/>
     <w:rsid w:val="000B3925"/>
     <w:rsid w:val="000D091B"/>
     <w:rsid w:val="000D7287"/>
     <w:rsid w:val="001738F3"/>
     <w:rsid w:val="001F1B3B"/>
     <w:rsid w:val="00221FA1"/>
     <w:rsid w:val="0023188B"/>
     <w:rsid w:val="00252F2B"/>
     <w:rsid w:val="002668C4"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="00320BAD"/>
     <w:rsid w:val="00324AA4"/>
     <w:rsid w:val="003C5D79"/>
+    <w:rsid w:val="003D261E"/>
     <w:rsid w:val="004273CE"/>
     <w:rsid w:val="00467A10"/>
     <w:rsid w:val="005413C8"/>
     <w:rsid w:val="00556144"/>
     <w:rsid w:val="0057325F"/>
     <w:rsid w:val="005A7839"/>
     <w:rsid w:val="005E3BD3"/>
+    <w:rsid w:val="00600AE7"/>
+    <w:rsid w:val="00661D2D"/>
     <w:rsid w:val="006730B4"/>
     <w:rsid w:val="006B6F9D"/>
     <w:rsid w:val="007008D8"/>
     <w:rsid w:val="0072233F"/>
     <w:rsid w:val="00727586"/>
     <w:rsid w:val="007318E8"/>
     <w:rsid w:val="00755E1F"/>
     <w:rsid w:val="00795292"/>
     <w:rsid w:val="00800CB8"/>
+    <w:rsid w:val="00810A1C"/>
     <w:rsid w:val="008453AA"/>
     <w:rsid w:val="0086203C"/>
     <w:rsid w:val="0087445C"/>
     <w:rsid w:val="008949DE"/>
     <w:rsid w:val="008C6B95"/>
     <w:rsid w:val="008D56C9"/>
     <w:rsid w:val="00902944"/>
     <w:rsid w:val="009443C9"/>
     <w:rsid w:val="009508B5"/>
     <w:rsid w:val="009608CE"/>
+    <w:rsid w:val="00963682"/>
     <w:rsid w:val="00964D19"/>
     <w:rsid w:val="00996099"/>
     <w:rsid w:val="009B6B6F"/>
     <w:rsid w:val="009D7C3B"/>
     <w:rsid w:val="009F0EA6"/>
     <w:rsid w:val="009F7115"/>
     <w:rsid w:val="00A22D2F"/>
     <w:rsid w:val="00A67C1F"/>
     <w:rsid w:val="00A82088"/>
     <w:rsid w:val="00B15131"/>
     <w:rsid w:val="00B30540"/>
+    <w:rsid w:val="00B947EB"/>
     <w:rsid w:val="00BB5EA1"/>
     <w:rsid w:val="00BC2EBB"/>
     <w:rsid w:val="00BD559F"/>
     <w:rsid w:val="00C01139"/>
     <w:rsid w:val="00C10AAF"/>
     <w:rsid w:val="00C70955"/>
     <w:rsid w:val="00CF05E8"/>
     <w:rsid w:val="00DA1E84"/>
     <w:rsid w:val="00DB05F6"/>
     <w:rsid w:val="00DE7A7E"/>
     <w:rsid w:val="00DF7FBF"/>
     <w:rsid w:val="00E5022D"/>
     <w:rsid w:val="00E713E5"/>
     <w:rsid w:val="00E76673"/>
+    <w:rsid w:val="00EE63AE"/>
     <w:rsid w:val="00EF5375"/>
     <w:rsid w:val="00EF75E2"/>
+    <w:rsid w:val="00F6104F"/>
     <w:rsid w:val="00F95200"/>
     <w:rsid w:val="00FA1AD8"/>
     <w:rsid w:val="00FB7E2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4DFEB58C"/>
   <w15:docId w15:val="{9B3DF5A8-1140-42D1-9A3C-E510D9C66B00}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8927,50 +9754,51 @@
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00024543"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-720"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
@@ -9069,50 +9897,61 @@
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="0087445C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00755E1F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EE63AE"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1110203597">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
@@ -9387,76 +10226,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>15372</Characters>
+  <Pages>8</Pages>
+  <Words>2704</Words>
+  <Characters>15227</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>475</Lines>
+  <Paragraphs>146</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The University of Alabama at Birmingham</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17840</CharactersWithSpaces>
+  <CharactersWithSpaces>17785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>1507353</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://financialaffairs.uab.edu/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5374031</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -9488,25 +10327,54 @@
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://financialaffairs.uab.edu/content.asp?id=208887</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The University of Alabama at Birmingham</dc:title>
   <dc:creator>UAB Employee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
+    <vt:lpwstr>2026-01-07T18:07:46Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
+    <vt:lpwstr>Sensitive</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
+    <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
+    <vt:lpwstr>e98c8e27-f58e-444b-84bb-e9a41529418e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>