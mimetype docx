--- v0 (2025-12-05)
+++ v1 (2026-02-26)
@@ -1,48 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="14943C62" w14:textId="77777777" w:rsidR="000702B1" w:rsidRDefault="000702B1" w:rsidP="00A22CF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F937174" w14:textId="44F9A07F" w:rsidR="000702B1" w:rsidRPr="005F3545" w:rsidRDefault="000702B1" w:rsidP="005F3545">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B26B8">
         <w:rPr>
@@ -541,88 +542,112 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F3545">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Fill in the Contractor’s full mailing address.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="165A2B90" w14:textId="77777777" w:rsidR="000702B1" w:rsidRPr="00AA4F43" w:rsidRDefault="000702B1" w:rsidP="00A22CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44067EC6" w14:textId="0D10AADB" w:rsidR="000702B1" w:rsidRDefault="000702B1" w:rsidP="000F26A6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2158990E" w14:textId="2180BD31" w:rsidR="000F26A6" w:rsidRDefault="00AA4F43" w:rsidP="000F26A6">
+    <w:p w14:paraId="2158990E" w14:textId="1A89F442" w:rsidR="000F26A6" w:rsidRDefault="00AA4F43" w:rsidP="000F26A6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00175D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the contractor is an individual, </w:t>
+      </w:r>
+      <w:r w:rsidR="002452B0" w:rsidRPr="00175D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">please use the “Consulting Services from </w:t>
+      </w:r>
+      <w:r w:rsidR="002452B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidR="002452B0" w:rsidRPr="00175D7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Individual” template.</w:t>
+      </w:r>
+      <w:r w:rsidR="002452B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If the contractor is an individual, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00AA4F43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>If the contractor is an individual, a Personal Services Form (PSF) is required to be completed and approved.  A copy of the</w:t>
+        <w:t>a Personal Services Form (PSF) is required to be completed and approved.  A copy of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> approved</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4F43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PSF must be included with this agreement. This agreement will not be </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> for central review without a copy of the approved PSF.</w:t>
+        <w:t xml:space="preserve"> PSF must be included with this agreement. This agreement will not be routed for central review without a copy of the approved PSF.</w:t>
       </w:r>
       <w:r w:rsidR="000F26A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4F43">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>To obtain the Personal Services Form</w:t>
       </w:r>
       <w:r w:rsidR="000F26A6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, go to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7A04D6" w14:textId="6EAF068D" w:rsidR="00AA4F43" w:rsidRDefault="00E16EE7" w:rsidP="000F26A6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -645,51 +670,50 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6980BD96" w14:textId="38D168ED" w:rsidR="00A22CF3" w:rsidRDefault="00A22CF3" w:rsidP="00A22CF3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AF6025B" w14:textId="77777777" w:rsidR="000702B1" w:rsidRPr="00024543" w:rsidRDefault="0079176B" w:rsidP="00A22CF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00024543" w:rsidRPr="00024543">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>he University of Alabama at Birmingham</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC50EE3" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14D8EC4A" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00727586" w:rsidP="00A22CF3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
@@ -2134,89 +2158,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>accepts</w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> such information as proprietary, it agrees </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="007648CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve">exercise all </w:t>
+        <w:t xml:space="preserve">exercise all reasonable efforts not to reveal the information to others without the permission of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA01FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="007648CF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> will be in lieu of all other obligations or liabilities of the University relative to proprietary information. </w:t>
+        <w:t xml:space="preserve">, unless the information has already been or is subsequently disclosed publicly by third parties, was previously known or subsequently discovered independently by the University, without the benefit of the proprietary information, or is required to be disclosed by order of a court of law or other governmental authority. It is agreed that such reasonable efforts by the University or other governmental authority will be in lieu of all other obligations or liabilities of the University relative to proprietary information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F69EEC" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B3B7DE1" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00814D49" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2458,84 +2458,67 @@
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D5AFAAD" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>ARTICLE X</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">ARTICLE X:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00E92D4B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>HIRD</w:t>
-[...8 lines deleted...]
-        <w:t>-PARTY BENEFICIARY</w:t>
+        <w:t>HIRD-PARTY BENEFICIARY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidRPr="005E4E69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">This Agreement shall inure to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="005E4E69">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>enefit of and be binding upon the parties</w:t>
@@ -2833,52 +2816,52 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>NOTICES.</w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  Any notices required or permitted by this Agreement shall be in writing and shall be delivered by hand, by facsimile, or by </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="country-region">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="00814D49">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>United States</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> mail, postage prepaid</w:t>
       </w:r>
       <w:r w:rsidR="00C10AAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F52D4C4" w14:textId="77777777" w:rsidR="00E46D17" w:rsidRDefault="00E46D17" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2904,62 +2887,62 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>University of Alabama at Birmingham</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB74380" w14:textId="241CA4DA" w:rsidR="00E46D17" w:rsidRPr="00E46D17" w:rsidRDefault="00E46D17" w:rsidP="00E46D17">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">University </w:t>
       </w:r>
       <w:r w:rsidR="00BA68D2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Contracts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA53FCB" w14:textId="77777777" w:rsidR="00E46D17" w:rsidRPr="00E46D17" w:rsidRDefault="00E46D17" w:rsidP="00E46D17">
+    <w:p w14:paraId="4AA53FCB" w14:textId="710DB19E" w:rsidR="00E46D17" w:rsidRPr="00E46D17" w:rsidRDefault="00E46D17" w:rsidP="00E46D17">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>801 Financial Services Building, Box B10</w:t>
+        <w:t>801 Financial Services Building</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="408D34B9" w14:textId="77777777" w:rsidR="00E46D17" w:rsidRDefault="00E46D17" w:rsidP="00E46D17">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E46D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>1720 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E46D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
       <w:r w:rsidRPr="00E46D17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3035,55 +3018,55 @@
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>REPRESENTATIONS AND WARRANTIES BY CONTRACTOR</w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
-        <w:t xml:space="preserve">If Contractor is a corporation or a limited liability company, Contractor warrants, represents, covenants, and agrees that it is duly organized, validly existing and in good standing under the laws of the state of its incorporation or organization and is duly authorized and in good standing to conduct business in the State of Alabama, that it has all necessary </w:t>
+        <w:t xml:space="preserve">If Contractor is a corporation or a limited liability company, Contractor warrants, represents, </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">power and has received all necessary approvals to execute and deliver the Agreement, and the individual executing the Agreement on behalf of Contractor has been duly authorized to act for and bind Contractor. </w:t>
+        <w:t xml:space="preserve">covenants, and agrees that it is duly organized, validly existing and in good standing under the laws of the state of its incorporation or organization and is duly authorized and in good standing to conduct business in the State of Alabama, that it has all necessary power and has received all necessary approvals to execute and deliver the Agreement, and the individual executing the Agreement on behalf of Contractor has been duly authorized to act for and bind Contractor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="468306CA" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BA857CA" w14:textId="79ED039A" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ARTICLE X</w:t>
       </w:r>
       <w:r w:rsidR="00C70955">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
@@ -3272,52 +3255,52 @@
       </w:pPr>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ARTICLE XV</w:t>
       </w:r>
       <w:r w:rsidR="00C70955">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:u w:val="single"/>
             </w:rPr>
             <w:t>ALABAMA</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> TAX CERTIFICATION (APPLICABLE TO AGRE</w:t>
       </w:r>
       <w:r w:rsidR="000D091B">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3465,76 +3448,77 @@
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E74802">
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve">, as a division of The Board of Trustees of the University of Alabama, is a state agency and cannot waive immunity conferred on it by </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Ala. Const. </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve">Art. I § 14. The exclusive forum in which a claim can be asserted against </w:t>
       </w:r>
       <w:r w:rsidR="00E74802">
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve"> is the State of Alabama Board of Adjustment. (See Code of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r w:rsidRPr="005F1927">
             <w:t>Alabama</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve"> §§ 41-9-60 through 41-9-74) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109200DB" w14:textId="77777777" w:rsidR="0072233F" w:rsidRDefault="0072233F" w:rsidP="00A22CF3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C377D6E" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ARTICLE X</w:t>
       </w:r>
       <w:r w:rsidR="00C70955">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3552,55 +3536,51 @@
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve">University and </w:t>
       </w:r>
       <w:r w:rsidR="00DA01FE">
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
-        <w:t xml:space="preserve"> shall each be responsible for any and all liability resulting from the acts and/or omissions of their respective employees, officers, directors, agents and contractors. Neither party shall be liable for any liability resulting from the acts and/or omissions of the other party’s employees, officers, directors, agents and contractors. University is not authorized to and does not indemnify, hold </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">harmless, and cannot defend </w:t>
+        <w:t xml:space="preserve"> shall each be responsible for any and all liability resulting from the acts and/or omissions of their respective employees, officers, directors, agents and contractors. Neither party shall be liable for any liability resulting from the acts and/or omissions of the other party’s employees, officers, directors, agents and contractors. University is not authorized to and does not indemnify, hold harmless, and cannot defend </w:t>
       </w:r>
       <w:r w:rsidR="00DA01FE">
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidRPr="005F1927">
         <w:t xml:space="preserve"> or any third party for any liability that may result from activities under this Agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07D3B912" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="606FAA13" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ARTICLE X</w:t>
       </w:r>
@@ -3870,272 +3850,640 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10E234E1" w14:textId="77777777" w:rsidR="00510727" w:rsidRDefault="00510727" w:rsidP="00510727">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>ARTICLE XXIII</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve">ARTICLE XXIII:  </w:t>
       </w:r>
       <w:r w:rsidRPr="00510727">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>NONDISCRIMINATION</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>NONDISCRIMINATION.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00510727">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Contractor shall comply with all applicable Federal and State laws and regulations regarding non-discrimination.  Contractor further agrees that no person shall be excluded from participation in, be denied benefits of, or otherwise be subjected to discrimination in the performance of this Agreement on the basis of race, color, national origin, sex, disability, or age, or any other characteristic protected by Federal or State law (“Protected Characteristics”).  Contractor shall not use Federal or State funds for programs that discriminate based on Protected Characteristics.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FEBED7E" w14:textId="77777777" w:rsidR="002A715D" w:rsidRDefault="002A715D" w:rsidP="00510727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ABAB2B1" w14:textId="777939A7" w:rsidR="002A715D" w:rsidRPr="00510727" w:rsidRDefault="002A715D" w:rsidP="00510727">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A715D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ARTICLE XX</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A715D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">V:    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A715D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>DIGITIAL ACCESSIBILITY.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A715D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00510727">
+      <w:r w:rsidRPr="002A715D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Throughout the term of this Agreement, Contractor shall ensure that all digital content, including without limitation websites, mobile applications, online forms, documents, and other electronic information, provided to or created for the University pursuant to this Agreement shall adhere to the accessibility standards outlined in the Web Content Accessibility Guidelines (WCAG) 2.1 Level AA or any higher digital accessibility standards mandated by Title II of the Americans with Disabilities Act (ADA) and its implementing regulations. Contractor shall provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A715D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">University with an Accessibility Conformance Report (ACR) for all digital content delivered under this Agreement.  Contractor shall permit the University to conduct testing at periodic intervals to assess Contractor’s compliance with this provision, provided that the parties shall cooperate in good faith to arrange such testing and that the testing not impose an undue burden on Contractor’s operations. Contractor shall correct any failures to comply with the digital accessibility standards required by this provision as soon as reasonably possible. Contractor shall indemnify, defend, and hold harmless the University against all damages, costs, fees, fines, liabilities, loss, and expenses, including reasonable attorney’s fees, incurred by the University in connection with any third-party demand, claim, or legal or administrative agency action or proceeding arising from or related to an allegation that the digital content provided by or created by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Contractor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A715D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> failed to meet the digital accessibility standards outlined in this provision.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210B4AAF" w14:textId="51134C11" w:rsidR="00DE2E23" w:rsidRDefault="00DE2E23" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="130C965E" w14:textId="77777777" w:rsidR="00510727" w:rsidRDefault="00510727" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B8F93B0" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24F51917" w14:textId="77777777" w:rsidR="0075773B" w:rsidRPr="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Contractor</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00510727">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B83E2A8" w14:textId="26B6C7B4" w:rsidR="0075773B" w:rsidRPr="0075773B" w:rsidRDefault="0075773B" w:rsidP="0075773B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall comply with all applicable Federal and State laws and regulations regarding non-discrimination.  Contractor further agrees that no person shall be excluded from participation in, be denied benefits of, or otherwise be subjected to discrimination in the performance of this Agreement </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00510727">
+      </w:pPr>
+      <w:r w:rsidRPr="0075773B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>on the basis of</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00510727">
+        <w:t>{Signatures appear on the following page}</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647AA215" w14:textId="77777777" w:rsidR="00510727" w:rsidRPr="00510727" w:rsidRDefault="00510727" w:rsidP="002A715D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> race, color, national origin, sex, disability, or age, or any other characteristic protected by Federal or State law (“Protected Characteristics”).  </w:t>
-[...156 lines deleted...]
-    <w:p w14:paraId="493CE647" w14:textId="77777777" w:rsidR="00024543" w:rsidRPr="00814D49" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6616F75F" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39A84453" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1EF970" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDF3700" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E4489FC" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1260714E" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="648053AA" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E148403" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="533AF4BC" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC767D6" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78A54A56" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34A5DE68" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A2B2039" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="017B64FD" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E387C26" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57749E4B" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B4C6CC1" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0500BB5D" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ABEE247" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="326E869A" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A4A736" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DF4744" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A83AA02" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="512B1E29" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B1B5CA" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C980039" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="152CC74E" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C35D144" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F0FA4B9" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2733C257" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1374052B" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FD5E1D8" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D7DA9A" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="00A22CF3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-720"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="493CE647" w14:textId="2A1D3FA9" w:rsidR="00024543" w:rsidRPr="00814D49" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>THE BOARD OF TRUSTEES OF</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
@@ -4226,52 +4574,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> OF </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="PlaceName">
         <w:r w:rsidRPr="00814D49">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>ALABAMA</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00814D49">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AT </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="City">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
           <w:r w:rsidRPr="00814D49">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:t>BIRMINGHAM</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
     </w:p>
     <w:p w14:paraId="083F8DB7" w14:textId="77777777" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36070B95" w14:textId="4FA8EFA5" w:rsidR="00024543" w:rsidRDefault="00024543" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
@@ -4852,161 +5200,155 @@
         <w:t>Deliverables.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7093"/>
         <w:gridCol w:w="2149"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E74802" w:rsidRPr="006D6A6A" w14:paraId="5F5B3E57" w14:textId="77777777" w:rsidTr="00213CB1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="22591A12" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Deliverables</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F49DAC9" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E74802" w:rsidRPr="006D6A6A" w14:paraId="6946669D" w14:textId="77777777" w:rsidTr="00E81464">
         <w:trPr>
           <w:trHeight w:val="431"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A7369F8" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48B52B2E" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E74802" w:rsidRPr="006D6A6A" w14:paraId="23EC1FE4" w14:textId="77777777" w:rsidTr="00213CB1">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7200" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4CDB8C3F" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DA0265B" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="34903576" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00E74802">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5062,219 +5404,210 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3536"/>
         <w:gridCol w:w="3560"/>
         <w:gridCol w:w="2146"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E74802" w:rsidRPr="006D6A6A" w14:paraId="3349926A" w14:textId="77777777" w:rsidTr="00213CB1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="097D18AC" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Activity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F282FA4" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Anticipated Completion/Due Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63B8600C" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D6A6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
               <w:t>Party Responsible</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E74802" w:rsidRPr="006D6A6A" w14:paraId="74A2847A" w14:textId="77777777" w:rsidTr="00E81464">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2882AF1F" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3884FE18" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6114C3A5" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E74802" w:rsidRPr="006D6A6A" w14:paraId="7EAAED6F" w14:textId="77777777" w:rsidTr="00E81464">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19C13FF9" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="25BFEC7B" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EDFE6ED" w14:textId="77777777" w:rsidR="00E74802" w:rsidRPr="006D6A6A" w:rsidRDefault="00E74802" w:rsidP="00213CB1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E63A545" w14:textId="77777777" w:rsidR="00614144" w:rsidRDefault="00614144" w:rsidP="00A22CF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-2"/>
@@ -7032,58 +7365,58 @@
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002E4877" w:rsidRPr="00814D49" w:rsidSect="00A22CF3">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E7EAC88" w14:textId="77777777" w:rsidR="00D46D96" w:rsidRDefault="00D46D96" w:rsidP="008A2FAB">
+    <w:p w14:paraId="5FB2EC58" w14:textId="77777777" w:rsidR="007C19A6" w:rsidRDefault="007C19A6" w:rsidP="008A2FAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A70B634" w14:textId="77777777" w:rsidR="00D46D96" w:rsidRDefault="00D46D96" w:rsidP="008A2FAB">
+    <w:p w14:paraId="22DC0EC9" w14:textId="77777777" w:rsidR="007C19A6" w:rsidRDefault="007C19A6" w:rsidP="008A2FAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -7118,99 +7451,184 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2245F9EA" w14:textId="6BBA80B1" w:rsidR="00510727" w:rsidRDefault="00510727">
-[...27 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-572428098"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtContent>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="1728636285"/>
+          <w:docPartObj>
+            <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+            <w:docPartUnique/>
+          </w:docPartObj>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:p w14:paraId="3BF7C669" w14:textId="77777777" w:rsidR="0075773B" w:rsidRDefault="0075773B">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Page </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B6AE5C4" w14:textId="05E613B4" w:rsidR="0075773B" w:rsidRDefault="0075773B" w:rsidP="0075773B">
+            <w:pPr>
+              <w:pStyle w:val="Footer"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075773B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rev. 1/2026</w:t>
+            </w:r>
+          </w:p>
+        </w:sdtContent>
+      </w:sdt>
+    </w:sdtContent>
+  </w:sdt>
   <w:p w14:paraId="55B846F5" w14:textId="77777777" w:rsidR="004E7EA0" w:rsidRDefault="004E7EA0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="514B3726" w14:textId="77777777" w:rsidR="00D46D96" w:rsidRDefault="00D46D96" w:rsidP="008A2FAB">
+    <w:p w14:paraId="312C562F" w14:textId="77777777" w:rsidR="007C19A6" w:rsidRDefault="007C19A6" w:rsidP="008A2FAB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="169A74B4" w14:textId="77777777" w:rsidR="00D46D96" w:rsidRDefault="00D46D96" w:rsidP="008A2FAB">
+    <w:p w14:paraId="640599E8" w14:textId="77777777" w:rsidR="007C19A6" w:rsidRDefault="007C19A6" w:rsidP="008A2FAB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13810312"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F226E9A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFC1014">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -8466,170 +8884,176 @@
   <w:num w:numId="7" w16cid:durableId="936910176">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1460297529">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1908875938">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="876742889">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="902716824">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1515001633">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00024543"/>
     <w:rsid w:val="000053DE"/>
     <w:rsid w:val="00024543"/>
     <w:rsid w:val="00035DAF"/>
     <w:rsid w:val="000702B1"/>
     <w:rsid w:val="0007489D"/>
     <w:rsid w:val="000D091B"/>
     <w:rsid w:val="000D7287"/>
     <w:rsid w:val="000F26A6"/>
     <w:rsid w:val="00142537"/>
     <w:rsid w:val="00166DE4"/>
+    <w:rsid w:val="00175D7D"/>
     <w:rsid w:val="00176368"/>
     <w:rsid w:val="002073D0"/>
+    <w:rsid w:val="002452B0"/>
     <w:rsid w:val="00277EDD"/>
     <w:rsid w:val="002A715D"/>
     <w:rsid w:val="002B26B8"/>
     <w:rsid w:val="002E4877"/>
     <w:rsid w:val="003942ED"/>
     <w:rsid w:val="00414417"/>
     <w:rsid w:val="00416707"/>
     <w:rsid w:val="004420A5"/>
     <w:rsid w:val="00485F06"/>
     <w:rsid w:val="00490623"/>
     <w:rsid w:val="004A7712"/>
     <w:rsid w:val="004B7250"/>
     <w:rsid w:val="004E7EA0"/>
     <w:rsid w:val="0050075E"/>
     <w:rsid w:val="00510727"/>
     <w:rsid w:val="0058056E"/>
     <w:rsid w:val="005F3545"/>
     <w:rsid w:val="00614144"/>
     <w:rsid w:val="006730B4"/>
     <w:rsid w:val="006C5F82"/>
     <w:rsid w:val="006F52BE"/>
     <w:rsid w:val="0072233F"/>
     <w:rsid w:val="00727586"/>
+    <w:rsid w:val="0075773B"/>
     <w:rsid w:val="00774FDC"/>
     <w:rsid w:val="0079176B"/>
     <w:rsid w:val="00795292"/>
+    <w:rsid w:val="007C19A6"/>
     <w:rsid w:val="00800CB8"/>
     <w:rsid w:val="008A2FAB"/>
     <w:rsid w:val="008C4609"/>
     <w:rsid w:val="009443C9"/>
     <w:rsid w:val="00946689"/>
     <w:rsid w:val="009B7E67"/>
     <w:rsid w:val="00A22CF3"/>
     <w:rsid w:val="00A82088"/>
     <w:rsid w:val="00AA4F43"/>
     <w:rsid w:val="00B12621"/>
     <w:rsid w:val="00BA68D2"/>
     <w:rsid w:val="00BD559F"/>
     <w:rsid w:val="00C10AAF"/>
     <w:rsid w:val="00C510F0"/>
     <w:rsid w:val="00C70955"/>
     <w:rsid w:val="00C8146C"/>
     <w:rsid w:val="00C930D1"/>
     <w:rsid w:val="00CE3972"/>
+    <w:rsid w:val="00D30B13"/>
     <w:rsid w:val="00D46D96"/>
     <w:rsid w:val="00DA01FE"/>
     <w:rsid w:val="00DE2E23"/>
     <w:rsid w:val="00E16B8E"/>
     <w:rsid w:val="00E16EE7"/>
     <w:rsid w:val="00E46D17"/>
     <w:rsid w:val="00E713E5"/>
     <w:rsid w:val="00E74802"/>
     <w:rsid w:val="00E76587"/>
     <w:rsid w:val="00E81464"/>
     <w:rsid w:val="00EC5877"/>
     <w:rsid w:val="00EF24A4"/>
     <w:rsid w:val="00F356C7"/>
     <w:rsid w:val="00F95200"/>
     <w:rsid w:val="00FC19BC"/>
     <w:rsid w:val="00FD2B6E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="City"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceName"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PlaceType"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="446331A1"/>
   <w15:docId w15:val="{9218EF0B-4D0F-444B-831C-33EA3CD7056C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -9014,50 +9438,51 @@
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00024543"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="-720"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="CG Times" w:hAnsi="CG Times"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
@@ -9209,50 +9634,61 @@
     <w:semiHidden/>
     <w:rsid w:val="00BA68D2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA68D2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA68D2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0075773B"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="897282935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1027371391">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -9583,93 +10019,122 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D66D4BF2-C3A2-446B-AB09-74223ECDCDDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>15131</Characters>
+  <Pages>9</Pages>
+  <Words>2580</Words>
+  <Characters>15226</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>371</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>The University of Alabama at Birmingham</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>UAB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17601</CharactersWithSpaces>
+  <CharactersWithSpaces>17696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1507353</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://financialaffairs.uab.edu/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>The University of Alabama at Birmingham</dc:title>
   <dc:subject/>
   <dc:creator>UAB Employee</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SetDate">
+    <vt:lpwstr>2026-01-07T18:25:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Name">
+    <vt:lpwstr>Sensitive</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_SiteId">
+    <vt:lpwstr>d8999fe4-76af-40b3-b435-1d8977abc08c</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ActionId">
+    <vt:lpwstr>540d0f92-67dd-4026-ab51-b0214e1a40e3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_ae7542bc-63e5-412b-b0a0-d9586028a7d0_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>